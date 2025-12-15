--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69ac25514fda4952" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8e75bfaa9af4929" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51bc717ed3714d81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a320c621400433e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8da05193a0f54333" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51bc717ed3714d81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ad3321b41ac4d4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a320c621400433e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Übernahme-Fantasie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MH36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,181</x:t>
-[...414 lines deleted...]
-          <x:t>74,746</x:t>
+          <x:t>75,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>