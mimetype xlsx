--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8e75bfaa9af4929" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ff0036379254b51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a320c621400433e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree9f6d7bb8b34438"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ad3321b41ac4d4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a320c621400433e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cf19632a8db4bfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree9f6d7bb8b34438" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Übernahme-Fantasie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MH36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>76,265</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,767</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>