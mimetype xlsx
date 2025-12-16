--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4ecea207c6c4a4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafcf68bb2843411f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06771a716e24473a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2f21bebc3104c9c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99af8521b05f416b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06771a716e24473a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83e302141aec4e81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2f21bebc3104c9c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Opportunity 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MH44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>147,317</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,374</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>