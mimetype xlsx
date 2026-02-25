--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafcf68bb2843411f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb46aeeb5798e46b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2f21bebc3104c9c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R126efeb2b8ad40c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83e302141aec4e81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2f21bebc3104c9c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R050310c6680c4bad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R126efeb2b8ad40c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Opportunity 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MH44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,049</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>