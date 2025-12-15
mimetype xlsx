--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36cd6fc0fc184656" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b1a58df033c4ef0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd05423c332f5434b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re475b2f4d3c44675"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9542d212a3c84abe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd05423c332f5434b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dc258cfa4da4b99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re475b2f4d3c44675" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GLOBAL TRADING &amp; DIVIDEND</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MHD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>106,086</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,617</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>108,282</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,054</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>