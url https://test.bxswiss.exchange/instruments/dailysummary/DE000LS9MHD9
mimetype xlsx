--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b1a58df033c4ef0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re282d898ee6f4798" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re475b2f4d3c44675"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9acb62ca47b744ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dc258cfa4da4b99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re475b2f4d3c44675" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb0c9f25f94e4470" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9acb62ca47b744ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GLOBAL TRADING &amp; DIVIDEND</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MHD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>110,054</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,261</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>