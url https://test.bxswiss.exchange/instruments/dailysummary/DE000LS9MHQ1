--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd172535ae8cd43db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfba6c16feefd4386" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0c7eab637fe4cc9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36ec771065d7486f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01e0b4803dab4def" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0c7eab637fe4cc9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b9e144f00414374" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36ec771065d7486f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unruhige Zeiten nutzen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MHQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>9,160</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,141</x:t>
-[...84 lines deleted...]
-        <x:is>
           <x:t>9,227</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>05.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,538</x:t>
-[...4 lines deleted...]
-          <x:t>9,290</x:t>
+          <x:t>9,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,436</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>10,902</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,226</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>