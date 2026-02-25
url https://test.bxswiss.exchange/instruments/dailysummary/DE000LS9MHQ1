--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfba6c16feefd4386" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re98c5368e4ab4c43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36ec771065d7486f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2749fa55f44f42dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b9e144f00414374" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36ec771065d7486f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R274946c1d4354a03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2749fa55f44f42dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unruhige Zeiten nutzen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MHQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...446 lines deleted...]
-          <x:t>9,359</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,431</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>9,455</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,540</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>9,226</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,133</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>