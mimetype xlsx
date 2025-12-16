--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5707eea758042fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R760a1150f9e443bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73256b91fa214a33"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c3aa26dd0344e2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R286711a820e04f32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73256b91fa214a33" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ee68aab996d417a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c3aa26dd0344e2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vision. Courage. Patience.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MHR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>153,254</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,390</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>