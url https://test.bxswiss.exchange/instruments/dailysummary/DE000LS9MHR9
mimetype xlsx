--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R760a1150f9e443bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c34df2cb3944b4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c3aa26dd0344e2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2e8d6dc5bcf48b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ee68aab996d417a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c3aa26dd0344e2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88fde3d525714f24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2e8d6dc5bcf48b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vision. Courage. Patience.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MHR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,074</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>