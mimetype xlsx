--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ae567366378425d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89b81998d37e4307" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1595e625b7514b73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcec1163617da4cba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re841d32118934d22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1595e625b7514b73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79d4069446ca4379" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcec1163617da4cba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend- und Rebound Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MHX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>56,552</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,503</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>