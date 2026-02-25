--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89b81998d37e4307" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R731cdb75a0fe49c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcec1163617da4cba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0063cf5b71d24502"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79d4069446ca4379" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcec1163617da4cba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab3bc39b8d7d4bfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0063cf5b71d24502" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend- und Rebound Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MHX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...242 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,974</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...335 lines deleted...]
-          <x:t>56,503</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,081</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>