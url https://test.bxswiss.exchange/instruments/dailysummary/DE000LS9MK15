--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20c017a98bc34df1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7eedf1c0b104fe3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf095db867fae4869"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55585b064aa64e7d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac14cfe53e61482c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf095db867fae4869" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50b5db907bb94b87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55585b064aa64e7d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top E-Mobility Factorys</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MK15</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>176,553</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>176,229</x:t>
-[...355 lines deleted...]
-          <x:t>189,826</x:t>
+          <x:t>179,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>