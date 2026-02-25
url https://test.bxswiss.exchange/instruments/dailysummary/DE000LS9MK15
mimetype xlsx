--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7eedf1c0b104fe3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R524351ddedb54a02" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55585b064aa64e7d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff15b1d049a94068"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50b5db907bb94b87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55585b064aa64e7d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5bd0981d33a4dec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff15b1d049a94068" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top E-Mobility Factorys</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MK15</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...554 lines deleted...]
-          <x:t>182,684</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,098</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>184,895</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,809</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>