--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R485a90295f484e03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ffac92084224fa3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0fe14b500de4f54"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc06fb62d78a74c3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35a4569d7df9459d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0fe14b500de4f54" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c0c3b60d0894962" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc06fb62d78a74c3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>the_aa_values</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MK23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>131,305</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>