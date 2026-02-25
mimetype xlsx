--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ffac92084224fa3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcec8a2e36d0b4f03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc06fb62d78a74c3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd78ff2552074859"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c0c3b60d0894962" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc06fb62d78a74c3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d20a24222124b03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd78ff2552074859" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>the_aa_values</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MK23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,464 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...544 lines deleted...]
-          <x:t>130,875</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>130,852</x:t>
-[...4 lines deleted...]
-          <x:t>131,430</x:t>
+          <x:t>131,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,925</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>