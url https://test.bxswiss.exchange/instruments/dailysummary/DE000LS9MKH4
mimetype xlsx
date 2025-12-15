--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6abb96f864204dae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b43cfba614d45cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d07987712fe4eaf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0306094806a24c92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23f58e6f068048c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d07987712fe4eaf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41acf49436814faf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0306094806a24c92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best DAX-MDAX-TECDAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKH4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>126,253</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>