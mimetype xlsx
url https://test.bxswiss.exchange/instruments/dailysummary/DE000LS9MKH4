--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b43cfba614d45cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7438d79b0b44ce5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0306094806a24c92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36eb00fcfd1d43d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41acf49436814faf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0306094806a24c92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd03b437f96ec4f97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36eb00fcfd1d43d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best DAX-MDAX-TECDAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKH4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>132,365</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,209</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>