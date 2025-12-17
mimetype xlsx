--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ba96e0c49934469" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2fe45702e9b4f84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1041abfe4f034c7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c115310f3ad4351"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2203183005b4586" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1041abfe4f034c7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5369fab3fa22485a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c115310f3ad4351" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Plusmacher-Swingtrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKL6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>110,405</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,598</x:t>
-[...301 lines deleted...]
-          <x:t>118,973</x:t>
+          <x:t>107,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,882</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>