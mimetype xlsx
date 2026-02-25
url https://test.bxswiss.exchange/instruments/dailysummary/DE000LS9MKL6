--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2fe45702e9b4f84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e982efc925c4457" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c115310f3ad4351"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d12727c4fd14759"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5369fab3fa22485a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c115310f3ad4351" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fc995864eb546ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d12727c4fd14759" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Plusmacher-Swingtrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKL6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...176 lines deleted...]
-          <x:t>103,100</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,537</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.11.2025</x:t>
-[...397 lines deleted...]
-          <x:t>105,882</x:t>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,749</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>