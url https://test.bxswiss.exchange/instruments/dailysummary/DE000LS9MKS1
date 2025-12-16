--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fac23d086bd4867" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb58d0a3db0cf4bd1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R663ba7f5e0af4dd8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47bd751ca8ae4b09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7b83312b37e4122" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R663ba7f5e0af4dd8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re27f7a41f68646e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47bd751ca8ae4b09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Der Inbegriff des Bösen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>201,004</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,528</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>