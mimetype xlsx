--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb58d0a3db0cf4bd1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b2a07ce0f7846c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47bd751ca8ae4b09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd541802e96ef4c52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re27f7a41f68646e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47bd751ca8ae4b09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61b15b02c7c64bb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd541802e96ef4c52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Der Inbegriff des Bösen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,762</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>