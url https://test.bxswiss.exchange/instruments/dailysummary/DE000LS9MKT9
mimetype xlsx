--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d282d602aec4d44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R706a1422463e4505" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7eb95e8602134eb7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra14025043be5432d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce2e8e8545004c5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7eb95e8602134eb7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf241781252f471a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra14025043be5432d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Monopolies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>680,344</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>668,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>668,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,238</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>