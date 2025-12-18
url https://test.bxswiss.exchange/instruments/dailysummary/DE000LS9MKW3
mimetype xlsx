--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a2cc017b8164fb6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R271451c26e65450f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85fddd05a79a4944"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a16098195124293"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d3afa9aeb924983" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85fddd05a79a4944" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d2f16ef6b3f40c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a16098195124293" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Desk- Swingtrades</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>250,639</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,698</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>