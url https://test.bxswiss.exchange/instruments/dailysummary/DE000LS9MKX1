--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R533bea15360847e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f2b1fa323a24e73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbf61ba0cf284e71"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb49a68fb8131410c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R548e8775faa941cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbf61ba0cf284e71" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ee212f6bed741e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb49a68fb8131410c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachholbedarf Plus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>141,900</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,784</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>