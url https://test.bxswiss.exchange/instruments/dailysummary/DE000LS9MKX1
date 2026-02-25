--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f2b1fa323a24e73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5627ebc258d6457e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb49a68fb8131410c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf165998558b843c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ee212f6bed741e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb49a68fb8131410c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84f683124ad844c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf165998558b843c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachholbedarf Plus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,167</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>