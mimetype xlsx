--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fde8d869ef64d37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2260f4f4c9b4096" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R972ba45d7d4e46d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59d9492afde448a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dcc721f65b54a33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R972ba45d7d4e46d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5014e13a1fbd4858" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59d9492afde448a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantitative Beständigkeit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,539</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>100,519</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,706</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>100,949</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,724</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...379 lines deleted...]
-          <x:t>100,981</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>