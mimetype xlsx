--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1280a61277304bae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01dd384e4b214ba1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94acbc4b390340f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R448381fb47c44146"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R261d51cd1f584190" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94acbc4b390340f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5fb6c7713ee4978" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R448381fb47c44146" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZTrading1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ML14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>165,437</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,486</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>