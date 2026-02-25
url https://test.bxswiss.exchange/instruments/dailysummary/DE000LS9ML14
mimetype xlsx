--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01dd384e4b214ba1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb53f4446d3154076" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R448381fb47c44146"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc082f58cad394a7d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5fb6c7713ee4978" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R448381fb47c44146" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec68eaecf6174675" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc082f58cad394a7d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZTrading1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ML14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,868</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>