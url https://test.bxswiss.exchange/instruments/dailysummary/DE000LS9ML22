--- v0 (2025-12-16)
+++ v1 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25c6fb5d44514e5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2115bb6de49846a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R639af2ef9fe44a2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc811f24797f47c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redf9c3c63ee84724" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R639af2ef9fe44a2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b6b4fb36c3d4584" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc811f24797f47c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamentalstrategie weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ML22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,061</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>