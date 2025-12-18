--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26073f1c45994c7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dc8e5bf7d4b4018" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3ee25f145dc4ab3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe66b688af9d42e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf81d64c212034909" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3ee25f145dc4ab3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59d763e145d145d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe66b688af9d42e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>OÖ10 Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ML48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>64,265</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,799</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>