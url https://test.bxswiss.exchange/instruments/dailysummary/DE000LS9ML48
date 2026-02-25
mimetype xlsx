--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dc8e5bf7d4b4018" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cbdef29e0e6429f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe66b688af9d42e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1283ae739e0b4f34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59d763e145d145d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe66b688af9d42e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f6456bbeb664030" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1283ae739e0b4f34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>OÖ10 Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ML48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...306 lines deleted...]
-          <x:t>68,979</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>68,880</x:t>
-[...296 lines deleted...]
-          <x:t>69,799</x:t>
+          <x:t>68,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,572</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>