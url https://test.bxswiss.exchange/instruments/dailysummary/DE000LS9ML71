--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re76e96044e7a4283" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R144f414c31df46a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R194eefb82b6f437d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50733b966aef4017"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ac79c71a37d4037" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R194eefb82b6f437d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1167dd9a75a4a40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50733b966aef4017" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trading nach Susan Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ML71</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,878</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>97,859</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,041</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>98,277</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,059</x:t>
-        </x:is>
-[...381 lines deleted...]
-          <x:t>98,308</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>