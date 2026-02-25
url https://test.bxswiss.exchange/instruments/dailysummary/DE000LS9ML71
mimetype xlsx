--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R144f414c31df46a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ef98f468ff64646" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50733b966aef4017"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R544a9b6e3b2a452a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1167dd9a75a4a40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50733b966aef4017" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f3e046cc2ac4b43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R544a9b6e3b2a452a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trading nach Susan Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ML71</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...134 lines deleted...]
-          <x:t>21.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,327</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...443 lines deleted...]
-          <x:t>98,059</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,523</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>