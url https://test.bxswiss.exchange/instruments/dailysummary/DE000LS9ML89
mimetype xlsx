--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R463964ceb7f04206" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ee8632dacf54f83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8dca3ee89c8c4d52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8dce345df1784d64"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R360d32b4bb2845ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8dca3ee89c8c4d52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6562691a2e624716" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8dce345df1784d64" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trading &amp; Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ML89</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>100,431</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,483</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>