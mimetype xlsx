--- v1 (2025-12-14)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ee8632dacf54f83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3610ebfd2a7e4936" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8dce345df1784d64"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02d11fce55b94a19"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6562691a2e624716" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8dce345df1784d64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R706dd56f80e14f22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02d11fce55b94a19" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trading &amp; Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ML89</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>103,353</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,400</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...559 lines deleted...]
-          <x:t>102,483</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,671</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>