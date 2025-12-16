--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb23c26f58374266" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0a908cb5339453e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e24144b7cef4ffb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0227786832aa4301"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R830de7182adb412a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e24144b7cef4ffb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dfb8ce482284e58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0227786832aa4301" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Industrial Metals Blue Chips</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MLG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>2.401,308</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.392,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.400,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.338,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.376,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.393,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.402,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.389,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.393,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.312,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.411,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.308,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.411,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.443,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.511,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.436,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.498,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.508,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.513,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.470,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.483,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.305,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.336,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.283,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.332,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.350,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.413,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.349,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.404,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.444,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.472,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.425,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.465,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.496,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.553,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.492,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.550,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.587,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.589,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.568,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.572,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.636,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.704,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.618,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.695,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.720,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.739,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.667,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.719,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.646,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.649,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.629,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.632,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.664,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.708,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.659,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.677,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.644,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.645,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.603,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.637,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.701,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.744,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.672,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.692,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.677,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.693,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.613,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.640,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.624,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.722,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.624,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.709,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.740,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.742,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.700,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.710,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.753,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.813,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.744,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.810,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.818,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.858,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.716,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.731,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.809,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.813,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.754,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.766,666</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>