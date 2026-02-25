--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0a908cb5339453e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racaada4e1fc645d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0227786832aa4301"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1429cf8bfce44698"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dfb8ce482284e58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0227786832aa4301" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Read8c624eec244eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1429cf8bfce44698" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Industrial Metals Blue Chips</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MLG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.809,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.813,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.754,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.766,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.751,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.785,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.742,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.764,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.851,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.864,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.812,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.837,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.844,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.844,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.804,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.830,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.835,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.908,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.829,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.880,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.961,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.965,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.931,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.940,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.954,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.954,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.954,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.954,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.969,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.975,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.967,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.969,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.906,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.906,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.899,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.901,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.043,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.053,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.007,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.019,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.034,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.103,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.027,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.101,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.073,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.077,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.050,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.054,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.027,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.042,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.999,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.035,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.040,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.132,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.037,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.118,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.156,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.184,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.154,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.175,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.191,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.252,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.191,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.222,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.221,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.240,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.214,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.236,521</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>