--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re90b063f710042fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd491ee4de8324d8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dcaf45925304b41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re62b4ad1ce004a15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3eb73c21278e404d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dcaf45925304b41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa0c86b4446f474e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re62b4ad1ce004a15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trends and Facts</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MLM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>35,042</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>35,032</x:t>
-[...436 lines deleted...]
-          <x:t>36,192</x:t>
+          <x:t>35,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>