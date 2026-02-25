--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd491ee4de8324d8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb279557f9e0047e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re62b4ad1ce004a15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4850d801a0b1410b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa0c86b4446f474e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re62b4ad1ce004a15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55d26f4a1134495a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4850d801a0b1410b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trends and Facts</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MLM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...539 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>37,733</x:t>
-[...36 lines deleted...]
-          <x:t>37,645</x:t>
+          <x:t>37,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,857</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>