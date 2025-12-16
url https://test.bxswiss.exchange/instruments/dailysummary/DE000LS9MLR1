--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe54ada88c4941d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb580b79478794809" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R462c6eda08e64d6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a6d8f5910244906"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a6e696da5394449" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R462c6eda08e64d6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87e7ee18dc204b25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a6d8f5910244906" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CloudComputingGrowth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MLR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...522 lines deleted...]
-          <x:t>236,124</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,489</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>233,220</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,363</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>