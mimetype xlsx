--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb580b79478794809" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaff9a75a18a4a67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a6d8f5910244906"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c59cecfcfe54ca7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87e7ee18dc204b25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a6d8f5910244906" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5f3405ced244fa5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c59cecfcfe54ca7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CloudComputingGrowth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MLR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...68 lines deleted...]
-          <x:t>221,673</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,883</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...505 lines deleted...]
-          <x:t>223,363</x:t>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,484</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>