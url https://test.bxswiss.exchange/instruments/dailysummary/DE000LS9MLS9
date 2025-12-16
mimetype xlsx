--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra13767afc4fb46ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82681533812844d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R097751795b774767"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b143589c69941df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec29e9c61a2b4c2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R097751795b774767" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec9a306aa1624b77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b143589c69941df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech &amp; Genetic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MLS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>76,635</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>