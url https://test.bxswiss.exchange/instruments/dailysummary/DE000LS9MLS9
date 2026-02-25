--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82681533812844d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R834b66263ea14890" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b143589c69941df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00b382fec2494cd5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec9a306aa1624b77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b143589c69941df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23fe05963c9a4723" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00b382fec2494cd5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech &amp; Genetic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MLS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...355 lines deleted...]
-          <x:t>54,049</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,737</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...222 lines deleted...]
-          <x:t>57,900</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,308</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>