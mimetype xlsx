--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra06b59a46768478f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R197692a99a664ee1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3fc1cae87f04e1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c472fdc1ab14f24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf2b32a50b134686" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3fc1cae87f04e1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d6a24a01dee4d70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c472fdc1ab14f24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum Stärke Volatilität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MLZ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>186,273</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,682</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>