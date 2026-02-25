--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R197692a99a664ee1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc7ef6671306496d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c472fdc1ab14f24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1c66f9f4bb141a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d6a24a01dee4d70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c472fdc1ab14f24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3370eb2c7ee6485f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1c66f9f4bb141a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum Stärke Volatilität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MLZ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...149 lines deleted...]
-          <x:t>182,873</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,525</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...138 lines deleted...]
-          <x:t>01.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,955</x:t>
-        </x:is>
-[...283 lines deleted...]
-          <x:t>184,682</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>