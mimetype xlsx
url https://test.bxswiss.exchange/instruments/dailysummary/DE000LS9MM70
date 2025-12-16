--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb23b3219a464456" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcaa33e91e81e4abd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac4489a04c5c45f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd43b6ed8fe04373"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39ca9b791a674021" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac4489a04c5c45f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R805f3425efe74596" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd43b6ed8fe04373" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NewPharma-Industries</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MM70</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,506 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...473 lines deleted...]
-          <x:t>73,662</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,727</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>