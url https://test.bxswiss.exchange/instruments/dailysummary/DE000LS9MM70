--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcaa33e91e81e4abd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R431decc150154894" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd43b6ed8fe04373"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a182eba38944ecb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R805f3425efe74596" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd43b6ed8fe04373" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1008bc8ec48468b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a182eba38944ecb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NewPharma-Industries</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MM70</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,329</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>