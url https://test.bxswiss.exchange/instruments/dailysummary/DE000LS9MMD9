--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c2236fbd8a44aa8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R205f8ea7222f4a8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4fc559b7ba74210"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raca018f8b6d546ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e195718d8ef4aba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4fc559b7ba74210" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f21039a81f3450c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raca018f8b6d546ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SP Robotics &amp; Drones Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MMD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...598 lines deleted...]
-          <x:t>131,145</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,125</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>133,111</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,988</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>