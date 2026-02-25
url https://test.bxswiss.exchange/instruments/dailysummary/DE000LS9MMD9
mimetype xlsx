--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R205f8ea7222f4a8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35efe27a7ca64534" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raca018f8b6d546ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b5d9324ee264fcd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f21039a81f3450c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raca018f8b6d546ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfaf17e8cb714ada" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b5d9324ee264fcd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SP Robotics &amp; Drones Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MMD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,056</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>