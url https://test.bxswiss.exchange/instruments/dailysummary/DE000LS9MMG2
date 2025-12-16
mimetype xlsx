--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4b1ece24ac74bc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27f464c480b04b0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5931329936b44d8b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfd2c35e82bf4479"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R162b817d03e847d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5931329936b44d8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89d0079fa55f47f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfd2c35e82bf4479" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NewVirtualTechnology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MMG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>460,104</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,596</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>