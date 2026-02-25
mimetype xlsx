--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27f464c480b04b0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6408a2766ce444a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfd2c35e82bf4479"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47844de1cb61471d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89d0079fa55f47f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfd2c35e82bf4479" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29f2eddd0baf467d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47844de1cb61471d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NewVirtualTechnology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MMG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>479,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>481,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>472,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>473,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>