--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5964acd54e848e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf41d9657add8449d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a60244888464879"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd36bf62637544ccf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c20fbea9c1943e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a60244888464879" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc443a5d1e77842f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd36bf62637544ccf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chancen ergreifen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MMH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,626 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...593 lines deleted...]
-          <x:t>177,548</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,092</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>