--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf41d9657add8449d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca983816cbb24553" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd36bf62637544ccf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cd1910f19754a92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc443a5d1e77842f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd36bf62637544ccf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77ae9ab3cf2642bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cd1910f19754a92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chancen ergreifen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MMH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,248</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>