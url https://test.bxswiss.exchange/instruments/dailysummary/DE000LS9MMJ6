--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2e488384add4b6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R529490a7c320411e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb64d4ae1446c45a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9018be1408a4a16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14dc065bab5f478a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb64d4ae1446c45a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R170b1fdc7b9e49f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9018be1408a4a16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europäische Fussball Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MMJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>90,433</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,833</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>