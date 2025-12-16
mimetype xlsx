--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re547e281a2534cc2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18df55f66dc641ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R587abc410be2430d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2050b684e3a24a53"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60cc1c149d5a46ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R587abc410be2430d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re49337e8fe704a73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2050b684e3a24a53" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SustainableGrowthStrategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MML2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>251,461</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,042</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>