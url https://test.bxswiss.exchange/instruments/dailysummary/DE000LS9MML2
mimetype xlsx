--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18df55f66dc641ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f3d450b620e4dea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2050b684e3a24a53"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R766f4ad611c64c25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re49337e8fe704a73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2050b684e3a24a53" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1832b7f85564114" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R766f4ad611c64c25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SustainableGrowthStrategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MML2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>