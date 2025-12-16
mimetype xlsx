--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R774ff46bb7f64a8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95f68b24a06945c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7de5d89948146db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0569fd60c31948d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R465e69d4508d46b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7de5d89948146db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re987ee405bcf484e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0569fd60c31948d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Brochecked13</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MMW9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>125,631</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,504</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>