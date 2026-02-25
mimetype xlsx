--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95f68b24a06945c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f3b4c7ebb40440e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0569fd60c31948d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f3608f9040443e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re987ee405bcf484e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0569fd60c31948d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c20d51b7b1946a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f3608f9040443e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Brochecked13</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MMW9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,294</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>