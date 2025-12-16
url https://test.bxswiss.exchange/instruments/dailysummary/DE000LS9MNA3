--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36b48c1b935c4c51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R471059fc58e54a9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc792c9221a394063"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb712dfcd5f2481c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12ba8027af764292" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc792c9221a394063" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcf5f2b373604f62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb712dfcd5f2481c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AUTO der ZUKUNFT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNA3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...635 lines deleted...]
-          <x:t>250,681</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,098</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>