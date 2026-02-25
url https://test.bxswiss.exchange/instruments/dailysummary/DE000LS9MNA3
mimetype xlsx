--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R471059fc58e54a9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7fc0cc628e643ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb712dfcd5f2481c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbfecd517abd4be2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcf5f2b373604f62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb712dfcd5f2481c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c3022223d954859" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbfecd517abd4be2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AUTO der ZUKUNFT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNA3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>261,543</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,098</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...541 lines deleted...]
-          <x:t>256,098</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,474</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>