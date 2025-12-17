--- v0 (2025-10-04)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36dec53734d2468a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R952f38dfb47043fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b60ef0bf8b94e30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44ac354f414e4ba7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red0ca047f33e4ed8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b60ef0bf8b94e30" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ee760e2b88c4ab6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44ac354f414e4ba7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Firestarter Electromobility 2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>481,550</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,751</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>