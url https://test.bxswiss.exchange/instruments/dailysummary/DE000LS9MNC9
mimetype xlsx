--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R952f38dfb47043fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb93f92f6b7494e9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44ac354f414e4ba7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R728deeb9844b489f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ee760e2b88c4ab6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44ac354f414e4ba7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d120aecc89a453b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R728deeb9844b489f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Firestarter Electromobility 2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...463 lines deleted...]
-          <x:t>482,854</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>484,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>476,383</x:t>
-[...112 lines deleted...]
-          <x:t>479,751</x:t>
+          <x:t>485,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,317</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>