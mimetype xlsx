--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffc09565de5c41b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R897f7af98a664c19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfcb533b94794bf3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra785e42507124a21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36bbcbcdccf849fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfcb533b94794bf3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8789a82a618b4a02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra785e42507124a21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Slow Hand Dividend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MND7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>168,325</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,674</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>