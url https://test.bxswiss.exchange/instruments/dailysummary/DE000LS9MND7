--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R897f7af98a664c19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57fee237b67a4b1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra785e42507124a21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red140ad69fdf49ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8789a82a618b4a02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra785e42507124a21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb80fd0f1563540b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red140ad69fdf49ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Slow Hand Dividend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MND7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>