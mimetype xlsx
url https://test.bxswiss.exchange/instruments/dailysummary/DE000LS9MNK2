--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racb647121ec248a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e3efa8619b14358" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84bcf9bd4e4547ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R552b86d625dc4b74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R705c6bbb345d4549" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84bcf9bd4e4547ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98d5c65d53744dba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R552b86d625dc4b74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wikouniversum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNK2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>95,274</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,014</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>