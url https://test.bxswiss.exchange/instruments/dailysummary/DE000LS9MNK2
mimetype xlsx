--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e3efa8619b14358" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7301c1ce3b924d6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R552b86d625dc4b74"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8da5ea4c47284a29"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98d5c65d53744dba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R552b86d625dc4b74" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20ff4c0628bb4672" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8da5ea4c47284a29" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wikouniversum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNK2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...446 lines deleted...]
-          <x:t>103,097</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,618</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>105,014</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,474</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>