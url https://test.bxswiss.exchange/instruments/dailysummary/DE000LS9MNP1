--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49e4087d9b4a47d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbef1683e10c44e24" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03155e51acae42a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6114f6184dcf498c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R082885ae84bd4013" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03155e51acae42a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3eb1b857d0548eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6114f6184dcf498c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Börse 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>443,656</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>