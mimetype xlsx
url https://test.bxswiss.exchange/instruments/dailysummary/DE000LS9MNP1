--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbef1683e10c44e24" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78ccbbffccea41b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6114f6184dcf498c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3607c757e5f447eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3eb1b857d0548eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6114f6184dcf498c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R413595241cfe4216" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3607c757e5f447eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Börse 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>440,416</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>430,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>432,423</x:t>
-[...539 lines deleted...]
-          <x:t>424,115</x:t>
+          <x:t>435,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>