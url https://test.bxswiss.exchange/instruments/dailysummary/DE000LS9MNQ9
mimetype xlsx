--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcffb0effd1a4417c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re55c2fb715c34463" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ffe8f5a2ae44139"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd69379d8355041ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f4f4d45a4e44ef2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ffe8f5a2ae44139" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b022204ebfe435f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd69379d8355041ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wertegemeinschaft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,626 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...593 lines deleted...]
-          <x:t>384,742</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,780</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>