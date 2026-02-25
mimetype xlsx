--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re55c2fb715c34463" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re19bd9308d664003" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd69379d8355041ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42d814b68f6e4483"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b022204ebfe435f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd69379d8355041ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f9f87dcb2aa424d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42d814b68f6e4483" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wertegemeinschaft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>392,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>400,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>391,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>399,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,505</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>