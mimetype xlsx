--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c88dcf568084b14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae862e1cf3d34d3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce7dba964c314d9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re03d1a9111284479"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1db8be8aa0745fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce7dba964c314d9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce78645d110c40b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re03d1a9111284479" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth &amp; Profit Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>182,661</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,841</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>