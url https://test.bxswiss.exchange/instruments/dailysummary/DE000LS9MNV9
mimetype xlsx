--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae862e1cf3d34d3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9c30df12465439f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re03d1a9111284479"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9b7bbe46abc45f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce78645d110c40b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re03d1a9111284479" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12898d15a1624b71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9b7bbe46abc45f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth &amp; Profit Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...112 lines deleted...]
-          <x:t>187,058</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>186,032</x:t>
-[...462 lines deleted...]
-        <x:is>
           <x:t>189,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,343</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>