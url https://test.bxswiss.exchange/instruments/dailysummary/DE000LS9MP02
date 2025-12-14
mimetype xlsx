--- v0 (2025-10-02)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4be5c6cc3c1d4ea6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1716b3fd2a97454d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5db96704a6aa4224"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bd1f73fb8144e5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c9afddad3a24f74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5db96704a6aa4224" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R391c027680e34777" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bd1f73fb8144e5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Macroregion Alpen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MP02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>117,453</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>117,431</x:t>
-[...431 lines deleted...]
-          <x:t>118,498</x:t>
+          <x:t>117,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,616</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>