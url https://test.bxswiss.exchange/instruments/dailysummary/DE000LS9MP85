--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R294c7dc06e1641ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R931cb857327e46db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b830a42b6cd4bc9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f4dc9dbb9ef4895"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c636bed391f4f9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b830a42b6cd4bc9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b4133a33c3b4149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f4dc9dbb9ef4895" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sahnehäubchen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MP85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>130,668</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,943</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>