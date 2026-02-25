--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R931cb857327e46db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb63e769bb28d4d7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f4dc9dbb9ef4895"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2492ffe82d284b48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b4133a33c3b4149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f4dc9dbb9ef4895" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra67ab763bf5d472c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2492ffe82d284b48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sahnehäubchen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MP85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,099</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>