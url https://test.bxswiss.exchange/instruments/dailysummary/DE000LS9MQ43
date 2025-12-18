--- v0 (2025-10-04)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cdace6ff5084118" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dd3a392725244b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9efcefc4da4f4b87"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R215ddb8bee2b45ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ce8ac1f094d4636" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9efcefc4da4f4b87" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R842f8949c9044202" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R215ddb8bee2b45ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Artificial Intelligence</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQ43</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>343,291</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>