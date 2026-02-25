--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dd3a392725244b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52d3100003c64110" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R215ddb8bee2b45ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R676a0afc01d74dc4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R842f8949c9044202" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R215ddb8bee2b45ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R913f1dc804264834" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R676a0afc01d74dc4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Artificial Intelligence</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQ43</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,987</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>348,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>