--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raeafdf3feffb4d01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d94ba4b205a4de4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd87103f0e7d4bd2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7564604dd83470a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R481f7c3f26674fd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd87103f0e7d4bd2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R924040b004824e8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7564604dd83470a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Only nach Levermann Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQ76</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>97,508</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>