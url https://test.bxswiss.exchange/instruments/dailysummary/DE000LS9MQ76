--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d94ba4b205a4de4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bac5024a4b645b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7564604dd83470a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55bc0ce134764ef3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R924040b004824e8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7564604dd83470a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf21dfdc0f7694ef1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55bc0ce134764ef3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Only nach Levermann Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQ76</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>