--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2597779a56ad4322" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32acfe8daccb4d2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8ee011db3bb499a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ae54738acc04ee6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd984e8ba006c4c54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8ee011db3bb499a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc7bdb3f38614fab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ae54738acc04ee6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Carpe Diem Überverkaufte Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>83,357</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,210</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>