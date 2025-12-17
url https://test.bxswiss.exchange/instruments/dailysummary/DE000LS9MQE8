--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R745aabf948744ef8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c2233d380504a1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa538d8303a54da9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R819639fc8c38493d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R265ad68271404ac3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa538d8303a54da9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2252f7ef01c4f63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R819639fc8c38493d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Names</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQE8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>513,854</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,113</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>