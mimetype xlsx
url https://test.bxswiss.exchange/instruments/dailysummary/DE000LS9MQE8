--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c2233d380504a1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ec25e4d73744ec7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R819639fc8c38493d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra205f39692654582"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2252f7ef01c4f63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R819639fc8c38493d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2031e9bc3fc34135" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra205f39692654582" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Names</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQE8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>535,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>536,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>527,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>530,767</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>527,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>530,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>526,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>527,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,604</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>