--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R904d1ae731e744fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd722f8d803ba4437" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30a92504353548f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01c2baafeb394c27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra51ace6ebd1d4955" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30a92504353548f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc57997eab5a54940" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01c2baafeb394c27" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dorados First EU</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>39,118</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>38,989</x:t>
-[...97 lines deleted...]
-          <x:t>39,544</x:t>
+          <x:t>40,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,225</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...492 lines deleted...]
-          <x:t>39,631</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,326</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>