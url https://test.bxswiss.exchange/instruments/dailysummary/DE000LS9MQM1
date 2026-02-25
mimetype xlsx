--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd722f8d803ba4437" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5646da4827d74a15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01c2baafeb394c27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R044ba0891fdc4299"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc57997eab5a54940" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01c2baafeb394c27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86a4a672f50c4c3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R044ba0891fdc4299" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dorados First EU</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...350 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>41,753</x:t>
-[...252 lines deleted...]
-          <x:t>41,326</x:t>
+          <x:t>41,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,871</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>