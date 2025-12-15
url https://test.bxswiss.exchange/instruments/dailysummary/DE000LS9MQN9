--- v0 (2025-10-01)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7afbb19189d4daa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc26c19d85add434e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d3a6caa38414fe5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e9759f2040245de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb3b253a7ef94f22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d3a6caa38414fe5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9d427f3d3284955" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e9759f2040245de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Leitwolf Tornado</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>55,078</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,289</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>