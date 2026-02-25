--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc26c19d85add434e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ccd8a025c06499d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e9759f2040245de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d8f8b7ba78c4a80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9d427f3d3284955" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e9759f2040245de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd05c685dd4224bff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d8f8b7ba78c4a80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Leitwolf Tornado</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>53,289</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,837</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>