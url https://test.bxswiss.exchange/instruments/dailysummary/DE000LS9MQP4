--- v0 (2025-10-01)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra612fb12c45849e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3496f9f279bf42ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re106c714957e4017"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18e8866ef99540de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98e5dfdaa1cb425b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re106c714957e4017" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re13974029eaf42fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18e8866ef99540de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smoking Rich EN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>172,967</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,469</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...505 lines deleted...]
-          <x:t>171,820</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,416</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>