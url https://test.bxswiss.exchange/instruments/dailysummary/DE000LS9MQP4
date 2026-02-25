--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3496f9f279bf42ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81d6dcc3f3704b54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18e8866ef99540de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1c7b9574b4c4659"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re13974029eaf42fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18e8866ef99540de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07d96192c9da4e07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1c7b9574b4c4659" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smoking Rich EN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>171,416</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,256</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>