--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfa6264c6d544d33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ded0d0d01844cf6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c6944051776497e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5456816a2a3c4cec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cd44f688bff4004" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c6944051776497e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R406864f5715a4131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5456816a2a3c4cec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>megara</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>132,779</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,258</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>