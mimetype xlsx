--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ded0d0d01844cf6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07412e9d9bfe4c88" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5456816a2a3c4cec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8857ede345242b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R406864f5715a4131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5456816a2a3c4cec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R623ffa53da8340cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8857ede345242b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>megara</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,094</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>