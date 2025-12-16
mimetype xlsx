--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6187032245584a67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5f06eb188e3492d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1708bcc3d584e0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b71f5c7d9ad4366"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05b5833917004457" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1708bcc3d584e0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd59903ebfc4d49f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b71f5c7d9ad4366" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CapeFX.DAX-WERTE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>1,970</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,973</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>2,222</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>