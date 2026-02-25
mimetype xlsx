--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5f06eb188e3492d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R621d9f0175604d9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b71f5c7d9ad4366"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R630bd5e6d6c94a45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd59903ebfc4d49f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b71f5c7d9ad4366" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radee5c92b99e4171" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R630bd5e6d6c94a45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CapeFX.DAX-WERTE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...252 lines deleted...]
-          <x:t>1,907</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,882</x:t>
-[...6 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,894</x:t>
-[...306 lines deleted...]
-          <x:t>1,973</x:t>
+          <x:t>1,897</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>